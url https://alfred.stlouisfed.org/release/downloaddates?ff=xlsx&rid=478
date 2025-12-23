--- v0 (2025-12-09)
+++ v1 (2025-12-23)
@@ -29,51 +29,51 @@
     <sheet name="README" sheetId="1" r:id="rId1"/>
     <sheet name="Release Dates" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="21">
   <si>
     <t>Release: Pandemic Claims Weekly Report</t>
   </si>
   <si>
     <t>Archival Federal Reserve Economic Data, Federal Reserve Bank of St. Louis</t>
   </si>
   <si>
     <t>Link: https://alfred.stlouisfed.org</t>
   </si>
   <si>
     <t>Help: https://alfred.stlouisfed.org/help</t>
   </si>
   <si>
     <t>This data may be copyrighted. Please refer to the Terms of Use: https://fred.stlouisfed.org/legal#fred-terms-faq</t>
   </si>
   <si>
-    <t>File Created: 2025-12-09 2:00 AM CST</t>
+    <t>File Created: 2025-12-23 1:00 PM CST</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Pandemic Claims Weekly Report</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>https://oui.doleta.gov/unemploy/DataDashboard.asp</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>U.S. Employment and Training Administration</t>
   </si>
   <si>
     <t>Release Dates Notes:</t>
   </si>
   <si>
     <t>Release dates are determined by the following process:</t>
   </si>