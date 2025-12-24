--- v0 (2025-12-10)
+++ v1 (2025-12-24)
@@ -29,99 +29,99 @@
     <sheet name="README" sheetId="1" r:id="rId1"/>
     <sheet name="Release Dates" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="23">
   <si>
     <t>Release: GDPNow</t>
   </si>
   <si>
     <t>Archival Federal Reserve Economic Data, Federal Reserve Bank of St. Louis</t>
   </si>
   <si>
     <t>Link: https://alfred.stlouisfed.org</t>
   </si>
   <si>
     <t>Help: https://alfred.stlouisfed.org/help</t>
   </si>
   <si>
     <t>This data may be copyrighted. Please refer to the Terms of Use: https://fred.stlouisfed.org/legal#fred-terms-faq</t>
   </si>
   <si>
-    <t>File Created: 2025-12-09 10:35 PM CST</t>
+    <t>File Created: 2025-12-24 2:09 AM CST</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>GDPNow</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>https://www.frbatlanta.org/cqer/research/gdpnow.aspx?panel=1</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>Federal Reserve Bank of Atlanta</t>
   </si>
   <si>
     <t>Notes</t>
   </si>
   <si>
     <t>The growth rate of real gross domestic product (GDP) is a key indicator of economic activity, but the official estimate is released with a delay. The Federal Reserve Bank of Atlanta's GDPNow forecasting model provides a "nowcast" of the official estimate prior to its release.</t>
   </si>
   <si>
     <t>Release Dates Notes:</t>
   </si>
   <si>
     <t>Release dates are determined by the following process:</t>
   </si>
   <si>
     <t>When available, the actual release date as provided by the source is entered into the ALFRED database.  If a release date is not available from the source, the release date given by our data providers is used.  If a release date cannot be determined either from the source or from our data providers, the date that the series was first available in the St. Louis Fed's FRED database is used.</t>
   </si>
   <si>
     <t>The release date list contains the dates when any series from this release was revised.  Note that all series from a release do not necessarily revise on every release date.</t>
   </si>
   <si>
     <t>Real Time Start</t>
   </si>
   <si>
     <t>2016-06-09</t>
   </si>
   <si>
     <t>Period End</t>
   </si>
   <si>
-    <t>2025-12-04</t>
+    <t>2025-12-17</t>
   </si>
   <si>
     <t>Release Dates</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -587,51 +587,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:A767"/>
+  <dimension ref="A1:A770"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" s="3">
         <v>42530</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" s="3">
         <v>42535</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" s="3">
@@ -4429,50 +4429,65 @@
       </c>
     </row>
     <row r="763" spans="1:1">
       <c r="A763" s="3">
         <v>45967</v>
       </c>
     </row>
     <row r="764" spans="1:1">
       <c r="A764" s="3">
         <v>45980</v>
       </c>
     </row>
     <row r="765" spans="1:1">
       <c r="A765" s="3">
         <v>45987</v>
       </c>
     </row>
     <row r="766" spans="1:1">
       <c r="A766" s="3">
         <v>45992</v>
       </c>
     </row>
     <row r="767" spans="1:1">
       <c r="A767" s="3">
         <v>45995</v>
+      </c>
+    </row>
+    <row r="768" spans="1:1">
+      <c r="A768" s="3">
+        <v>46001</v>
+      </c>
+    </row>
+    <row r="769" spans="1:1">
+      <c r="A769" s="3">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="770" spans="1:1">
+      <c r="A770" s="3">
+        <v>46008</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>README</vt:lpstr>