--- v0 (2026-03-25)
+++ v1 (2026-03-29)
@@ -29,51 +29,51 @@
     <sheet name="README" sheetId="1" r:id="rId1"/>
     <sheet name="Monthly" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="13">
   <si>
     <t>ALFRED Graph Observations</t>
   </si>
   <si>
     <t>Archival Federal Reserve Economic Data, Federal Reserve Bank of St. Louis</t>
   </si>
   <si>
     <t>Link: https://alfred.stlouisfed.org</t>
   </si>
   <si>
     <t>Help: https://alfred.stlouisfed.org/help</t>
   </si>
   <si>
     <t>This data may be copyrighted. Please refer to the Terms of Use: https://fred.stlouisfed.org/legal#fred-terms-faq</t>
   </si>
   <si>
-    <t>File Created: 2026-03-25 6:07 pm CDT</t>
+    <t>File Created: 2026-03-28 7:27 pm CDT</t>
   </si>
   <si>
     <t>SMU29411804300000001SA_20160126</t>
   </si>
   <si>
     <t>SMU29411804300000001SA_20160314</t>
   </si>
   <si>
     <t>All Employees: Transportation and Utilities in St. Louis, MO-IL (MSA) Vintage: 2016-01-26, Thousands of Persons, Monthly, Seasonally Adjusted</t>
   </si>
   <si>
     <t>All Employees: Transportation and Utilities in St. Louis, MO-IL (MSA) Vintage: 2016-03-14, Thousands of Persons, Monthly, Seasonally Adjusted</t>
   </si>
   <si>
     <t>Data Updated: 2016-01-27</t>
   </si>
   <si>
     <t>Data Updated: 2016-03-15</t>
   </si>
   <si>
     <t>observation_date</t>
   </si>
 </sst>
 </file>
 